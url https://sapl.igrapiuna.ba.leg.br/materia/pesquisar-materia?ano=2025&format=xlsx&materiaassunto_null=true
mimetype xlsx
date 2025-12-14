--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3367" uniqueCount="1284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3519" uniqueCount="1336">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1855,50 +1855,147 @@
     <t>1015</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  186/2025 – INDICA – A pavimentação das vias conhecidas popularmente como “Ruas do Pentágono", situadas no Bairro Pascásio Lima.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  187/2025 – INDICA – A construção de um quebra-mola no final da Rua da Cachoeirinha.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº  188/2025 – INDICA – Construção de uma base para colocar um tanque na Escola da Comunidade do Ancural.</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  189/2025 – INDICA – Construção de um centro de abastecimento de água na comunidade da Sapucaia.</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  190/2025 – INDICA – Colocação de telas e iluminação no campo de futebol do Bairro Pascásio Lima.</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  191/2025 – INDICA – A substituição imediata das luminárias em LED queimadas por novas na Quadra Francisco Lima Moreira (Quadra do Fenelon), situada neste município.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  192/2025 – INDICA – Celeridade na definição e realização da cerimônia de inauguração da Praça conhecida popularmente como Praça de Jayme, localizada no Bairro Isaías Dócio.</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1028/193_-_paulo_ricardo.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  193/2025 – INDICA – Construção de uma escola na Comunidade das Pedras.</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  194/2025 – INDICA – Que seje realizado serviço de urbanização da cachoeira de Igrapiúna, do Bairro Pascásio Lima, ao Cais , com implantação na lateral de cano de 200, para concectar a rede de esgoto , e local para tratamento do referido esgoto.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  195/2025 – INDICA – Aquisição de uma ambulancha para atender a /zona Litorânea.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  196/2025 – INDICA – Instalação de luminárias na Ponte do Pau D´oleo..</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº  197/2025 – INDICA – Instalação de uma caixa d´água para a comunidade do Rio Novo.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>MOÇÃO Nº 01/2025 -                                                             _x000D_
+Moção de Aplausos e Solidariedade de Autoria do Vereador Ionei Silva Bomfim para o Sr. Leandro Luiz Ramos Santos.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2025, DE 25 DE FEVEREIRO DE 2025. "Declara de Utilidade Pública Municipal a Associação dos Pequenos Produtores Rurais Aquicultores Quilombola da Pedra Branca, Vargido e Forte, e dá outras providências".</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>Projeto de Lei nº 02/2025, de autoria do Poder Legislativo, de 10 de Março de 2025, que dispões sobre a criação do Regime Especial de Direito Administrativo – REDA para a contratação temporária de pessoal por tempo determinado para atender o interesse público, no âmbito da Câmara Municipal de Igrapiúna e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Projeto de Lei nº 03/2025, de 28 de Abril de 2025, do Poder Legislativo, de autoria da Vereadora Cecilia Andrea Paulo Mendes, que Concede título de Cidadão honorário do município de Igrapiúna a EDSON ANES DOS SANTOS.</t>
   </si>
@@ -2020,56 +2117,74 @@
   <si>
     <t>Projeto de Lei nº 13/2025, Que autoriza o poder executivo municipal a instituir a Politica Municipal de Promoção da Educação Antirracista e da Valorização das Culturas Afro-Brasileira, Africana, Indígena, Quilombola e das Tradições Locais no Sistema Municipal de ensino de Igrapiúna-Bahia, e da outras providências .</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>Projeto de Lei nº 14/2025, que autoriza o poder executivo municipal a dispor sobre a instituição do Programa de Recuperação Fiscal  - REFIS 2025 no âmbito do Município de Igrapiúna-Ba e da outras providências.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_15.2025_-_cria_o_conselho_municipal_de_promocao_da_igualdade_racial__c.docx</t>
   </si>
   <si>
     <t>Projeto de Lei nº 15/2025, de 02 de Junho de 2025, do Poder Executivo, Que autoriza o poder executivo municipal a criar o Conselho Municipal de Promoção da Igualdade Racial – CMPIR do Município de Igrapiúna-BA</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>Projeto de Lei nº 016/2025, de 26 de Agosto de 2025,  de Autoria do Poder Legislativo – Que autoriza o Poder Executivo Municipal de Igrapiúna a celebrar convênios, contratos, termos de parceria e outros ajustes com diversos Órgãos Públicos Federais, Estaduais, bem como, com  empresas e entidades públicas e privadas.</t>
   </si>
   <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 18/2025, de 30 de Setembro de 2025, Dispões sobre o Plano Plurianual - PPA do Município de Igrapiúna para o período 2026/2029,, na forma que indica.</t>
+  </si>
+  <si>
     <t>1018</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito, com a Caixa Econômica Federal ou outra instituição financeira, com ou sem a garantia da União e dá outras providências.</t>
   </si>
   <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 20/2025, de 14 de Outubro de 2025, "Estima a Receita e fixa a despesas do Orçamento Anual do Muncípio de Igrapiúna, para o exercício financeiro de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>Projeto de Lei de nº 21/2025,  de autoria do Poder Executivo, de 05 de Dezembro de 2025, Que “Dispõe sobre denominação de Praça Pública, localizada na Rua Nossa Senhora de Lourdes, Bairro Isaias Dócio, Município de Igrapiúna”</t>
+  </si>
+  <si>
     <t>631</t>
   </si>
   <si>
     <t>ATSOR</t>
   </si>
   <si>
     <t>ATA DE SESSÃO</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/631/1a__-_ata_daa_sessao_ordinaria_-_2025.pdf</t>
   </si>
   <si>
     <t>Ata da Primeira Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Primeiro Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 18 de Fevereiro de 2025.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>Ata da Segunda Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Primeiro Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 25 de Fevereiro de 2025.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>Ata da Terceira Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Primeiro Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 11 de Março de 2025.</t>
@@ -2222,50 +2337,92 @@
     <t>Ata da Vigésima Quarta Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 23 de Setembro de 2025.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/25a__-__ata_da_sessao_ordinaria_-_2025.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Quinta Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 30 de Setembro de 2025.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>Ata da Vigésima Sexta Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 07 de Outubro de 2025.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1020/27a__-__ata_da_sessao_ordinaria_-_2025.pdf</t>
   </si>
   <si>
     <t>Ata da Vigésima Sétima Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 14 de Outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>Ata da Vigésima Oitava Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 21 de Outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>Ata da Vigésima Nona Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 28 de Outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>Ata da Trigésima Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 04 de Novembro de 2025.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>Ata da Trigésima Primeira Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 11 de Novembro de 2025.</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>Ata da Trigésima Segunda Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 18 de Novembro de 2025.</t>
+  </si>
+  <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>Ata da Trigésima Terceira Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 25 de Novembro de 2025.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>Ata da Trigésima Quarta Sessão Ordinária, da Décima Legislatura, da Primeira Sessão Legislativa, do Segundo Período Legislativo da Câmara Municipal de Igrapiúna, realizada no dia 02 de Dezembro de 2025.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>OFI</t>
   </si>
   <si>
     <t>OFÍCIO</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/762/oficio_no_01-2025.doc</t>
   </si>
   <si>
     <t>ASSUNTO: ENCAMINHA DOCUMENTAÇÃO DE POSSE DOS VEREADORES, PREFEITO E VICE-PREFEITO PARA LEGISLATURA 2025/2028, E ATA DA ELEIÇÃO DA NOVA MESA DIRETORA DA CÂMARA MUNICIPAL DE IGRAPIÚNA PARA BIÊNIO 2025/2026.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/763/oficio_no_02-2025.doc</t>
   </si>
   <si>
     <t>ASSUNTO: ENCAMINHA ATA DA ELEIÇÃO E TERMO DE POSSE DA NOVA MESA DIRETORA DA CÂMARA MUNICIPAL DE IGRAPIÚNA PARA BIÊNIO 2025/2026.</t>
   </si>
@@ -4216,56 +4373,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/844/137_-_percivaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/845/138_-_ionei.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/846/139_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/847/140_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/873/141_-_ionei.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/874/142_-_neilton.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/875/143_-_ionei.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/876/144_-_paulo_ricardo.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/911/147_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/912/148_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/917/152_-_ionei.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/918/153_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/919/154_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/920/155_-_ionei.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/973/156_-_ionei.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/975/157_-_ionei.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/976/158_-_valdek_sales.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/977/159_-_paulo_ricardo.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/979/160_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/985/165_-_ionei.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/986/166-_ionei.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/987/167-_ionei.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/988/168_-_valdek.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/991/170_-_percivaldo.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/992/171_-_cristovao.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/995/173_-_ionei.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/996/174-_ionei.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/999/175_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/177_-_joabe.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/178_-_joabe.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/179_-_joabe.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/182_-_ionei.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_15.2025_-_cria_o_conselho_municipal_de_promocao_da_igualdade_racial__c.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/631/1a__-_ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/877/13a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/908/14a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/974/16a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/23a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/25a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1020/27a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/762/oficio_no_01-2025.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/763/oficio_no_02-2025.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/764/oficio_no_03-2025.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/765/oficio_no_04-2025.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/766/5_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/767/6_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/768/7_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/769/8_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/770/9_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/771/10_-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/772/11-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/774/12-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/775/13_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/776/14_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/778/16_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/779/17_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/781/19_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/782/20_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/783/21_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/784/22_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/785/23_-_valdek.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/786/24_-_valdek.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/787/25_-_valdek.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/788/26_-_valdek.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/790/28_-_joabe.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/791/29_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/792/30_-_jose_augussto.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/793/31_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/794/32_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/795/33_-_valdek.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/797/35_-_ionei.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/798/36_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/799/37_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/800/38_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/801/39_-_neilton.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/803/41_-_ionei.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/804/42_-_valdek.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/805/43_-_valdek.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/806/44_-_valdek.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/807/45_-_oficio_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/808/46_-_neilton.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/810/48_-_neilton.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/811/49_-_ionei.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/812/50_-_ionei.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/814/51_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/815/52_-_valdek.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/816/53_-_valdek.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/817/54_-_oficio_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/818/55_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/819/56_-_neilton.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/820/57_-_ionei.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/821/58_-_pauilo_ricardo.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/823/60_-_percivaldo_robelio.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/824/61_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/825/62_-_valdek.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/826/63_-_valdek.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/827/64_-_ionei.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/828/65_-_neilton.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/829/66_-_cecilia_andrea.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/830/67_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/831/68_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/832/69_-_ionei.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/833/70_-_ionei.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/834/71_-_neilton.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/835/72_-_neilton.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/836/73_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/837/74_-_valdek.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/839/76_-_valdek.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/840/77_-_ao_cmds.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/841/78_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/842/79_-_neilton.doc" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/843/80_-_ionei.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/848/81_-_ionei.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/849/82_-_ionei.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/850/83_-_valdek.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/851/84-_valdek.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/852/85_-_valdek.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/853/86_-_joabe.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/854/87_-_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/855/88_-_presiente_do_cmds.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/857/90_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/858/91_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/859/92_-_ionei.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/860/93_-_neilton.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/861/94_-_valdek.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/862/95_-_valdek.doc" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/863/96_-_valdek.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/864/97_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/865/98-_a_gestora_do_colegio_lenilto.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/866/99_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/867/100_-_ionei.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/868/101_-_ionei.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/869/102_-_ionei.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/870/103_-_ionei.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/871/104_-_ionei.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/872/105_-_valdek.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/878/106_-_valdek.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/879/107_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/880/108_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/881/109_-_valdek.doc" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/882/110_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/883/111-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/884/112_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/885/113_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/886/114_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/887/115_-_neilton.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/888/116_-_joabe.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/889/117_-_valdek.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/890/118_-_valdek.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/892/120_-_a_edson_anes.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/893/121_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/894/122_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/895/123_-_ionei.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/897/125_-_neilton.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/898/126_-_neilton.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/899/127_-_neilton.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/900/128_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/901/129_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/902/130_-_valdek.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/903/131_-_valdek.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/904/132_-_valdek.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/905/133_-_valdek.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/906/134_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/907/135_-_ionei.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/921/136_-_ionei.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/922/137_-_neilton.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/923/138_-_ricardo.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/924/139_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/925/140_-_percinho.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/926/141_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/927/142_-_joabe.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/928/143_-_valdek.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/929/144_-_valdek.doc" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/930/145_-_valdek.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/931/146_-_valdek.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/932/147_-_ionei.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/934/149_-_ionei.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/935/151_-_ionei.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/936/152_-_ionei.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/937/153_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/938/154_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/939/155_-_valdek.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/940/156_-_valdek.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/941/157_-_valdek.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/942/158_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/943/159-_a_gestora_do_colegio_lenilto.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/944/160_-_joabe.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/945/161_-_joabe.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/946/162_-_joabe.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/947/163_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/948/164_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/949/165_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/950/166_-_ionei.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/951/167_-_ionei.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/952/168_-_neilton.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/954/170_-_valdek.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/955/171_-_valdek.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/956/172_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/957/173_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/958/174-_resposta_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/959/175_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/960/176_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/961/177_-_ionei.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/962/178_-_ionei.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/963/179_-_joabe.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/964/180_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/965/181_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/966/182_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/967/183_-_valdek.docrf96240ca9.tmp" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/968/184_-_valdek.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/969/185_-_valdek.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/970/186_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/971/187_-_resposta_ao_partido_dos_trabalhadores.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/972/188-_resposta_a_semapem.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/844/137_-_percivaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/845/138_-_ionei.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/846/139_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/847/140_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/873/141_-_ionei.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/874/142_-_neilton.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/875/143_-_ionei.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/876/144_-_paulo_ricardo.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/911/147_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/912/148_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/917/152_-_ionei.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/918/153_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/919/154_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/920/155_-_ionei.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/973/156_-_ionei.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/975/157_-_ionei.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/976/158_-_valdek_sales.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/977/159_-_paulo_ricardo.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/979/160_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/985/165_-_ionei.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/986/166-_ionei.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/987/167-_ionei.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/988/168_-_valdek.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/991/170_-_percivaldo.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/992/171_-_cristovao.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/995/173_-_ionei.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/996/174-_ionei.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/999/175_-_jose_augusto.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/177_-_joabe.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/178_-_joabe.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/179_-_joabe.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/182_-_ionei.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1028/193_-_paulo_ricardo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/593/projeto_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/594/projeto_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/595/projeto_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_15.2025_-_cria_o_conselho_municipal_de_promocao_da_igualdade_racial__c.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/631/1a__-_ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/877/13a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/908/14a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/974/16a__-__ata_daa_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/23a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/25a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/1020/27a__-__ata_da_sessao_ordinaria_-_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/762/oficio_no_01-2025.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/763/oficio_no_02-2025.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/764/oficio_no_03-2025.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/765/oficio_no_04-2025.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/766/5_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/767/6_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/768/7_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/769/8_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/770/9_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/771/10_-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/772/11-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/774/12-_ionei_silva_bomfim.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/775/13_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/776/14_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/778/16_-_valdek_sales.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/779/17_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/781/19_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/782/20_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/783/21_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/784/22_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/785/23_-_valdek.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/786/24_-_valdek.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/787/25_-_valdek.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/788/26_-_valdek.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/790/28_-_joabe.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/791/29_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/792/30_-_jose_augussto.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/793/31_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/794/32_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/795/33_-_valdek.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/797/35_-_ionei.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/798/36_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/799/37_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/800/38_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/801/39_-_neilton.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/803/41_-_ionei.doc" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/804/42_-_valdek.doc" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/805/43_-_valdek.doc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/806/44_-_valdek.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/807/45_-_oficio_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/808/46_-_neilton.doc" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/810/48_-_neilton.doc" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/811/49_-_ionei.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/812/50_-_ionei.doc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/814/51_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/815/52_-_valdek.doc" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/816/53_-_valdek.doc" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/817/54_-_oficio_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/818/55_-_neilton_jose.doc" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/819/56_-_neilton.doc" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/820/57_-_ionei.doc" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/821/58_-_pauilo_ricardo.doc" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/823/60_-_percivaldo_robelio.doc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/824/61_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/825/62_-_valdek.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/826/63_-_valdek.doc" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/827/64_-_ionei.doc" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/828/65_-_neilton.doc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/829/66_-_cecilia_andrea.doc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/830/67_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/831/68_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/832/69_-_ionei.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/833/70_-_ionei.doc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/834/71_-_neilton.doc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/835/72_-_neilton.doc" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/836/73_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/837/74_-_valdek.doc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/839/76_-_valdek.doc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/840/77_-_ao_cmds.doc" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/841/78_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/842/79_-_neilton.doc" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/843/80_-_ionei.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/848/81_-_ionei.doc" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/849/82_-_ionei.doc" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/850/83_-_valdek.doc" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/851/84-_valdek.doc" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/852/85_-_valdek.doc" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/853/86_-_joabe.doc" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/854/87_-_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/855/88_-_presiente_do_cmds.doc" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/857/90_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/858/91_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/859/92_-_ionei.doc" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/860/93_-_neilton.doc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/861/94_-_valdek.doc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/862/95_-_valdek.doc" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/863/96_-_valdek.doc" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/864/97_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/865/98-_a_gestora_do_colegio_lenilto.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/866/99_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/867/100_-_ionei.doc" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/868/101_-_ionei.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/869/102_-_ionei.doc" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/870/103_-_ionei.doc" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/871/104_-_ionei.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/872/105_-_valdek.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/878/106_-_valdek.doc" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/879/107_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/880/108_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/881/109_-_valdek.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/882/110_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/883/111-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/884/112_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/885/113_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/886/114_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/887/115_-_neilton.doc" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/888/116_-_joabe.doc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/889/117_-_valdek.doc" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/890/118_-_valdek.doc" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/892/120_-_a_edson_anes.doc" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/893/121_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/894/122_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/895/123_-_ionei.doc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/897/125_-_neilton.doc" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/898/126_-_neilton.doc" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/899/127_-_neilton.doc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/900/128_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/901/129_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/902/130_-_valdek.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/903/131_-_valdek.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/904/132_-_valdek.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/905/133_-_valdek.doc" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/906/134_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/907/135_-_ionei.doc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/921/136_-_ionei.doc" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/922/137_-_neilton.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/923/138_-_ricardo.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/924/139_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/925/140_-_percinho.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/926/141_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/927/142_-_joabe.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/928/143_-_valdek.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/929/144_-_valdek.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/930/145_-_valdek.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/931/146_-_valdek.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/932/147_-_ionei.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/934/149_-_ionei.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/935/151_-_ionei.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/936/152_-_ionei.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/937/153_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/938/154_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/939/155_-_valdek.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/940/156_-_valdek.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/941/157_-_valdek.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/942/158_-_cristovao.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/943/159-_a_gestora_do_colegio_lenilto.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/944/160_-_joabe.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/945/161_-_joabe.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/946/162_-_joabe.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/947/163_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/948/164_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/949/165_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/950/166_-_ionei.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/951/167_-_ionei.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/952/168_-_neilton.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/954/170_-_valdek.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/955/171_-_valdek.doc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/956/172_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/957/173_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/958/174-_resposta_a_secretaria_de_educacao.doc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/959/175_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/960/176_-_paulo_ricardo.doc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/961/177_-_ionei.doc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/962/178_-_ionei.doc" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/963/179_-_joabe.doc" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/964/180_-_jose_augusto.doc" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/965/181_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/966/182_-_percivaldo.doc" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/967/183_-_valdek.docrf96240ca9.tmp" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/968/184_-_valdek.doc" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/969/185_-_valdek.doc" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/970/186_-_cecilia.doc" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/971/187_-_resposta_ao_partido_dos_trabalhadores.doc" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/sapl/public/materialegislativa/2025/972/188-_resposta_a_semapem.doc" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.igrapiuna.ba.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H427"/>
+  <dimension ref="A1:H447"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -9093,6146 +9250,6642 @@
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
       <c r="E188" t="s">
         <v>17</v>
       </c>
       <c r="F188" t="s">
         <v>175</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H188" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>615</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>10</v>
+        <v>616</v>
       </c>
       <c r="D189" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E189" t="s">
+        <v>17</v>
+      </c>
+      <c r="F189" t="s">
+        <v>70</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H189" t="s">
         <v>617</v>
-      </c>
-[...7 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>618</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>619</v>
       </c>
-      <c r="B190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D190" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E190" t="s">
-        <v>617</v>
+        <v>17</v>
       </c>
       <c r="F190" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H190" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>621</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>25</v>
+        <v>622</v>
       </c>
       <c r="D191" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E191" t="s">
-        <v>617</v>
+        <v>17</v>
       </c>
       <c r="F191" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H191" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>28</v>
+        <v>625</v>
       </c>
       <c r="D192" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E192" t="s">
-        <v>617</v>
+        <v>17</v>
+      </c>
+      <c r="F192" t="s">
+        <v>57</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H192" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>31</v>
+        <v>628</v>
       </c>
       <c r="D193" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E193" t="s">
-        <v>617</v>
+        <v>17</v>
       </c>
       <c r="F193" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="H193" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>34</v>
+        <v>632</v>
       </c>
       <c r="D194" t="s">
-        <v>616</v>
+        <v>16</v>
       </c>
       <c r="E194" t="s">
-        <v>617</v>
+        <v>17</v>
       </c>
       <c r="F194" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H194" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>635</v>
       </c>
       <c r="D195" t="s">
-        <v>630</v>
+        <v>16</v>
       </c>
       <c r="E195" t="s">
-        <v>631</v>
+        <v>17</v>
       </c>
       <c r="F195" t="s">
-        <v>632</v>
+        <v>86</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>633</v>
+        <v>13</v>
       </c>
       <c r="H195" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>21</v>
+        <v>638</v>
       </c>
       <c r="D196" t="s">
-        <v>630</v>
+        <v>16</v>
       </c>
       <c r="E196" t="s">
-        <v>631</v>
+        <v>17</v>
       </c>
       <c r="F196" t="s">
-        <v>632</v>
+        <v>175</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>636</v>
+        <v>13</v>
       </c>
       <c r="H196" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>25</v>
+        <v>641</v>
       </c>
       <c r="D197" t="s">
-        <v>630</v>
+        <v>16</v>
       </c>
       <c r="E197" t="s">
-        <v>631</v>
+        <v>17</v>
       </c>
       <c r="F197" t="s">
-        <v>632</v>
+        <v>175</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>639</v>
+        <v>13</v>
       </c>
       <c r="H197" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="E198" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="F198" t="s">
-        <v>632</v>
+        <v>57</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H198" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D199" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="E199" t="s">
-        <v>631</v>
+        <v>649</v>
+      </c>
+      <c r="F199" t="s">
+        <v>57</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H199" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="E200" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="F200" t="s">
-        <v>632</v>
+        <v>57</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H200" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D201" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="E201" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="F201" t="s">
-        <v>632</v>
+        <v>212</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H201" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>655</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>28</v>
+      </c>
+      <c r="D202" t="s">
+        <v>648</v>
+      </c>
+      <c r="E202" t="s">
         <v>649</v>
       </c>
-      <c r="B202" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G202" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H202" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="D203" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="E203" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="F203" t="s">
-        <v>632</v>
+        <v>57</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H203" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D204" t="s">
-        <v>630</v>
+        <v>648</v>
       </c>
       <c r="E204" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="F204" t="s">
-        <v>632</v>
+        <v>57</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H204" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D205" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E205" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="F205" t="s">
-        <v>632</v>
+        <v>664</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>13</v>
+        <v>665</v>
       </c>
       <c r="H205" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D206" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E206" t="s">
-        <v>631</v>
+        <v>663</v>
+      </c>
+      <c r="F206" t="s">
+        <v>664</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>13</v>
+        <v>668</v>
       </c>
       <c r="H206" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="D207" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E207" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="F207" t="s">
-        <v>632</v>
+        <v>664</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>13</v>
+        <v>671</v>
       </c>
       <c r="H207" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="D208" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E208" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="F208" t="s">
-        <v>632</v>
+        <v>664</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H208" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>675</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>31</v>
+      </c>
+      <c r="D209" t="s">
+        <v>662</v>
+      </c>
+      <c r="E209" t="s">
         <v>663</v>
       </c>
-      <c r="B209" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G209" s="1" t="s">
-        <v>664</v>
+        <v>13</v>
       </c>
       <c r="H209" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="D210" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E210" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="F210" t="s">
-        <v>632</v>
+        <v>664</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H210" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="D211" t="s">
-        <v>630</v>
+        <v>662</v>
       </c>
       <c r="E211" t="s">
-        <v>631</v>
+        <v>663</v>
       </c>
       <c r="F211" t="s">
-        <v>632</v>
+        <v>664</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H211" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>434</v>
+        <v>41</v>
       </c>
       <c r="D212" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E212" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F212" t="s">
+        <v>664</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>673</v>
+        <v>13</v>
       </c>
       <c r="H212" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>438</v>
+        <v>44</v>
       </c>
       <c r="D213" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E213" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F213" t="s">
+        <v>664</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H213" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>442</v>
+        <v>47</v>
       </c>
       <c r="D214" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E214" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F214" t="s">
+        <v>664</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H214" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>446</v>
+        <v>50</v>
       </c>
       <c r="D215" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E215" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F215" t="s">
+        <v>664</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H215" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>450</v>
+        <v>53</v>
       </c>
       <c r="D216" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E216" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>682</v>
+        <v>663</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H216" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>454</v>
+        <v>56</v>
       </c>
       <c r="D217" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E217" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="F217" t="s">
-        <v>682</v>
+        <v>664</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H217" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>458</v>
+        <v>60</v>
       </c>
       <c r="D218" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E218" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F218" t="s">
+        <v>664</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H218" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>462</v>
+        <v>63</v>
       </c>
       <c r="D219" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E219" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F219" t="s">
+        <v>664</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>13</v>
+        <v>696</v>
       </c>
       <c r="H219" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>691</v>
+        <v>66</v>
       </c>
       <c r="D220" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E220" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F220" t="s">
+        <v>664</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H220" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>694</v>
+        <v>73</v>
       </c>
       <c r="D221" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E221" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F221" t="s">
+        <v>664</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H221" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>466</v>
+        <v>76</v>
       </c>
       <c r="D222" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E222" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F222" t="s">
+        <v>664</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H222" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>470</v>
+        <v>79</v>
       </c>
       <c r="D223" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E223" t="s">
-        <v>672</v>
+        <v>663</v>
+      </c>
+      <c r="F223" t="s">
+        <v>664</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H223" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>474</v>
+        <v>82</v>
       </c>
       <c r="D224" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
       <c r="E224" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>701</v>
+        <v>13</v>
       </c>
       <c r="H224" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>477</v>
+        <v>434</v>
       </c>
       <c r="D225" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E225" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="H225" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>480</v>
+        <v>438</v>
       </c>
       <c r="D226" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E226" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H226" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>483</v>
+        <v>442</v>
       </c>
       <c r="D227" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E227" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>709</v>
+        <v>13</v>
       </c>
       <c r="H227" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>487</v>
+        <v>446</v>
       </c>
       <c r="D228" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E228" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H228" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>491</v>
+        <v>450</v>
       </c>
       <c r="D229" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E229" t="s">
-        <v>672</v>
+        <v>710</v>
+      </c>
+      <c r="F229" t="s">
+        <v>720</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H229" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>495</v>
+        <v>454</v>
       </c>
       <c r="D230" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E230" t="s">
-        <v>672</v>
+        <v>710</v>
+      </c>
+      <c r="F230" t="s">
+        <v>720</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H230" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>499</v>
+        <v>458</v>
       </c>
       <c r="D231" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E231" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H231" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>503</v>
+        <v>462</v>
       </c>
       <c r="D232" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E232" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H232" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>507</v>
+        <v>729</v>
       </c>
       <c r="D233" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E233" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H233" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>511</v>
+        <v>732</v>
       </c>
       <c r="D234" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E234" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>724</v>
+        <v>13</v>
       </c>
       <c r="H234" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>515</v>
+        <v>466</v>
       </c>
       <c r="D235" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E235" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H235" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>519</v>
+        <v>470</v>
       </c>
       <c r="D236" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E236" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>729</v>
+        <v>13</v>
       </c>
       <c r="H236" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>522</v>
+        <v>474</v>
       </c>
       <c r="D237" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E237" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>13</v>
+        <v>739</v>
       </c>
       <c r="H237" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>525</v>
+        <v>477</v>
       </c>
       <c r="D238" t="s">
-        <v>671</v>
+        <v>709</v>
       </c>
       <c r="E238" t="s">
-        <v>672</v>
+        <v>710</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="H238" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>10</v>
+        <v>480</v>
       </c>
       <c r="D239" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E239" t="s">
-        <v>738</v>
+        <v>710</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>739</v>
+        <v>13</v>
       </c>
       <c r="H239" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>21</v>
+        <v>483</v>
       </c>
       <c r="D240" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E240" t="s">
-        <v>738</v>
+        <v>710</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="H240" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>25</v>
+        <v>487</v>
       </c>
       <c r="D241" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E241" t="s">
-        <v>738</v>
+        <v>710</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>745</v>
+        <v>13</v>
       </c>
       <c r="H241" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>28</v>
+        <v>491</v>
       </c>
       <c r="D242" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E242" t="s">
-        <v>738</v>
+        <v>710</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>747</v>
+        <v>13</v>
       </c>
       <c r="H242" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>31</v>
+        <v>495</v>
       </c>
       <c r="D243" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E243" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>710</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>750</v>
+        <v>13</v>
       </c>
       <c r="H243" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>34</v>
+        <v>499</v>
       </c>
       <c r="D244" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E244" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>710</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>753</v>
+        <v>13</v>
       </c>
       <c r="H244" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>38</v>
+        <v>503</v>
       </c>
       <c r="D245" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E245" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>710</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>756</v>
+        <v>13</v>
       </c>
       <c r="H245" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>41</v>
+        <v>507</v>
       </c>
       <c r="D246" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E246" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>710</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="H246" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>761</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>44</v>
+        <v>511</v>
       </c>
       <c r="D247" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E247" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>710</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>762</v>
       </c>
       <c r="H247" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>764</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>47</v>
+        <v>515</v>
       </c>
       <c r="D248" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E248" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>710</v>
       </c>
       <c r="G248" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H248" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>766</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>519</v>
+      </c>
+      <c r="D249" t="s">
+        <v>709</v>
+      </c>
+      <c r="E249" t="s">
+        <v>710</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B249" t="s">
-[...14 lines deleted...]
-      <c r="G249" s="1" t="s">
+      <c r="H249" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>769</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>522</v>
+      </c>
+      <c r="D250" t="s">
+        <v>709</v>
+      </c>
+      <c r="E250" t="s">
+        <v>710</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H250" t="s">
         <v>770</v>
-      </c>
-[...19 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>771</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>525</v>
+      </c>
+      <c r="D251" t="s">
+        <v>709</v>
+      </c>
+      <c r="E251" t="s">
+        <v>710</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H251" t="s">
         <v>773</v>
-      </c>
-[...19 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>60</v>
+        <v>528</v>
       </c>
       <c r="D252" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E252" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>710</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>777</v>
+        <v>13</v>
       </c>
       <c r="H252" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>63</v>
+        <v>531</v>
       </c>
       <c r="D253" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E253" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>710</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H253" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>66</v>
+        <v>535</v>
       </c>
       <c r="D254" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E254" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>710</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>782</v>
+        <v>13</v>
       </c>
       <c r="H254" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>69</v>
+        <v>539</v>
       </c>
       <c r="D255" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E255" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>710</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="H255" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>73</v>
+        <v>543</v>
       </c>
       <c r="D256" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E256" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>710</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H256" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>76</v>
+        <v>547</v>
       </c>
       <c r="D257" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E257" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>710</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>790</v>
+        <v>13</v>
       </c>
       <c r="H257" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>79</v>
+        <v>550</v>
       </c>
       <c r="D258" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
       <c r="E258" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>710</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>793</v>
+        <v>13</v>
       </c>
       <c r="H258" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E259" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>790</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="H259" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="D260" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E260" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>790</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="H260" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D261" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E261" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>790</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="H261" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="D262" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E262" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>790</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="H262" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="D263" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E263" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F263" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="H263" t="s">
-        <v>809</v>
+        <v>803</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="D264" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E264" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F264" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="H264" t="s">
-        <v>812</v>
+        <v>806</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="D265" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E265" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F265" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>13</v>
+        <v>808</v>
       </c>
       <c r="H265" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="D266" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E266" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F266" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="H266" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="D267" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E267" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F267" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="H267" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="D268" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E268" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F268" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="H268" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>824</v>
+        <v>819</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>113</v>
+        <v>50</v>
       </c>
       <c r="D269" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E269" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="H269" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>117</v>
+        <v>53</v>
       </c>
       <c r="D270" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E270" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F270" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="H270" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>120</v>
+        <v>56</v>
       </c>
       <c r="D271" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E271" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F271" t="s">
         <v>86</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="H271" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="D272" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E272" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F272" t="s">
         <v>86</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="H272" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>126</v>
+        <v>63</v>
       </c>
       <c r="D273" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E273" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F273" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>836</v>
+        <v>13</v>
       </c>
       <c r="H273" t="s">
-        <v>837</v>
+        <v>832</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>838</v>
+        <v>833</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="D274" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E274" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F274" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="H274" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>132</v>
+        <v>69</v>
       </c>
       <c r="D275" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E275" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F275" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="H275" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>135</v>
+        <v>73</v>
       </c>
       <c r="D276" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E276" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F276" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>845</v>
+        <v>13</v>
       </c>
       <c r="H276" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>138</v>
+        <v>76</v>
       </c>
       <c r="D277" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E277" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F277" t="s">
-        <v>70</v>
+        <v>175</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="H277" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>141</v>
+        <v>79</v>
       </c>
       <c r="D278" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E278" t="s">
-        <v>738</v>
+        <v>790</v>
+      </c>
+      <c r="F278" t="s">
+        <v>175</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>13</v>
+        <v>845</v>
       </c>
       <c r="H278" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>144</v>
+        <v>82</v>
       </c>
       <c r="D279" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E279" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F279" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="H279" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>147</v>
+        <v>85</v>
       </c>
       <c r="D280" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E280" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F280" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="H280" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="D281" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E281" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F281" t="s">
         <v>86</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="H281" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>153</v>
+        <v>92</v>
       </c>
       <c r="D282" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E282" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F282" t="s">
         <v>86</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="H282" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>156</v>
+        <v>95</v>
       </c>
       <c r="D283" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E283" t="s">
-        <v>738</v>
+        <v>790</v>
+      </c>
+      <c r="F283" t="s">
+        <v>86</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="H283" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>159</v>
+        <v>98</v>
       </c>
       <c r="D284" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E284" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F284" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="H284" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="D285" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E285" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F285" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H285" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>165</v>
+        <v>104</v>
       </c>
       <c r="D286" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E286" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F286" t="s">
-        <v>70</v>
+        <v>114</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="H286" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>168</v>
+        <v>107</v>
       </c>
       <c r="D287" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E287" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F287" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="H287" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="D288" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E288" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F288" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="H288" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>174</v>
+        <v>113</v>
       </c>
       <c r="D289" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E289" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F289" t="s">
         <v>22</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>881</v>
+        <v>877</v>
       </c>
       <c r="H289" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>178</v>
+        <v>117</v>
       </c>
       <c r="D290" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E290" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F290" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="H290" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>181</v>
+        <v>120</v>
       </c>
       <c r="D291" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E291" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F291" t="s">
         <v>86</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="H291" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="D292" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E292" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F292" t="s">
-        <v>212</v>
+        <v>86</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>890</v>
+        <v>13</v>
       </c>
       <c r="H292" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>187</v>
+        <v>126</v>
       </c>
       <c r="D293" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E293" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F293" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="H293" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>190</v>
+        <v>129</v>
       </c>
       <c r="D294" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E294" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F294" t="s">
-        <v>70</v>
+        <v>175</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="H294" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>193</v>
+        <v>132</v>
       </c>
       <c r="D295" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E295" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F295" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="H295" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>196</v>
+        <v>135</v>
       </c>
       <c r="D296" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E296" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F296" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="H296" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>904</v>
+        <v>898</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>199</v>
+        <v>138</v>
       </c>
       <c r="D297" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E297" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F297" t="s">
-        <v>175</v>
+        <v>70</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>13</v>
+        <v>899</v>
       </c>
       <c r="H297" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>202</v>
+        <v>141</v>
       </c>
       <c r="D298" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E298" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>790</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>907</v>
+        <v>13</v>
       </c>
       <c r="H298" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>205</v>
+        <v>144</v>
       </c>
       <c r="D299" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E299" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F299" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>910</v>
+        <v>904</v>
       </c>
       <c r="H299" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>208</v>
+        <v>147</v>
       </c>
       <c r="D300" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E300" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F300" t="s">
         <v>86</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
       <c r="H300" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>211</v>
+        <v>150</v>
       </c>
       <c r="D301" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E301" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F301" t="s">
         <v>86</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="H301" t="s">
-        <v>917</v>
+        <v>911</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>918</v>
+        <v>912</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>215</v>
+        <v>153</v>
       </c>
       <c r="D302" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E302" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F302" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
       <c r="H302" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>218</v>
+        <v>156</v>
       </c>
       <c r="D303" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E303" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>790</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="H303" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>221</v>
+        <v>159</v>
       </c>
       <c r="D304" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E304" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F304" t="s">
-        <v>212</v>
+        <v>70</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="H304" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>224</v>
+        <v>162</v>
       </c>
       <c r="D305" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E305" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F305" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>928</v>
+        <v>13</v>
       </c>
       <c r="H305" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>227</v>
+        <v>165</v>
       </c>
       <c r="D306" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E306" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F306" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="H306" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>230</v>
+        <v>168</v>
       </c>
       <c r="D307" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E307" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F307" t="s">
         <v>57</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="H307" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>233</v>
+        <v>171</v>
       </c>
       <c r="D308" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E308" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F308" t="s">
         <v>57</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="H308" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>236</v>
+        <v>174</v>
       </c>
       <c r="D309" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E309" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F309" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>940</v>
+        <v>933</v>
       </c>
       <c r="H309" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>239</v>
+        <v>178</v>
       </c>
       <c r="D310" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E310" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F310" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="H310" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>242</v>
+        <v>181</v>
       </c>
       <c r="D311" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E311" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F311" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="H311" t="s">
-        <v>947</v>
+        <v>940</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>948</v>
+        <v>941</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="D312" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E312" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F312" t="s">
-        <v>86</v>
+        <v>212</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="H312" t="s">
-        <v>950</v>
+        <v>943</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>951</v>
+        <v>944</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>248</v>
+        <v>187</v>
       </c>
       <c r="D313" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E313" t="s">
-        <v>738</v>
+        <v>790</v>
+      </c>
+      <c r="F313" t="s">
+        <v>70</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>13</v>
+        <v>945</v>
       </c>
       <c r="H313" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>251</v>
+        <v>190</v>
       </c>
       <c r="D314" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E314" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F314" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="H314" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>956</v>
+        <v>950</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>254</v>
+        <v>193</v>
       </c>
       <c r="D315" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E315" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F315" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>957</v>
+        <v>951</v>
       </c>
       <c r="H315" t="s">
-        <v>958</v>
+        <v>952</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>257</v>
+        <v>196</v>
       </c>
       <c r="D316" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E316" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F316" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="H316" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>260</v>
+        <v>199</v>
       </c>
       <c r="D317" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E317" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F317" t="s">
-        <v>70</v>
+        <v>175</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="H317" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="D318" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E318" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F318" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="H318" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>266</v>
+        <v>205</v>
       </c>
       <c r="D319" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E319" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F319" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="H319" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>971</v>
+        <v>964</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>269</v>
+        <v>208</v>
       </c>
       <c r="D320" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E320" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F320" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>972</v>
+        <v>965</v>
       </c>
       <c r="H320" t="s">
-        <v>973</v>
+        <v>966</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>974</v>
+        <v>967</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>272</v>
+        <v>211</v>
       </c>
       <c r="D321" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E321" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F321" t="s">
         <v>86</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>975</v>
+        <v>968</v>
       </c>
       <c r="H321" t="s">
-        <v>976</v>
+        <v>969</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>977</v>
+        <v>970</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>275</v>
+        <v>215</v>
       </c>
       <c r="D322" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E322" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F322" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>978</v>
+        <v>971</v>
       </c>
       <c r="H322" t="s">
-        <v>979</v>
+        <v>972</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>278</v>
+        <v>218</v>
       </c>
       <c r="D323" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E323" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F323" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="H323" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>281</v>
+        <v>221</v>
       </c>
       <c r="D324" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E324" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F324" t="s">
-        <v>114</v>
+        <v>212</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="H324" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>284</v>
+        <v>224</v>
       </c>
       <c r="D325" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E325" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F325" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="H325" t="s">
-        <v>988</v>
+        <v>981</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>989</v>
+        <v>982</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>287</v>
+        <v>227</v>
       </c>
       <c r="D326" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E326" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F326" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>990</v>
+        <v>983</v>
       </c>
       <c r="H326" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>290</v>
+        <v>230</v>
       </c>
       <c r="D327" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E327" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F327" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>13</v>
+        <v>986</v>
       </c>
       <c r="H327" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>293</v>
+        <v>233</v>
       </c>
       <c r="D328" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E328" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F328" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="H328" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>296</v>
+        <v>236</v>
       </c>
       <c r="D329" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E329" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F329" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="H329" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>299</v>
+        <v>239</v>
       </c>
       <c r="D330" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E330" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F330" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="H330" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>302</v>
+        <v>242</v>
       </c>
       <c r="D331" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E331" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F331" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="H331" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>305</v>
+        <v>245</v>
       </c>
       <c r="D332" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E332" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F332" t="s">
         <v>86</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="H332" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>308</v>
+        <v>248</v>
       </c>
       <c r="D333" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E333" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>790</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1009</v>
+        <v>13</v>
       </c>
       <c r="H333" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>311</v>
+        <v>251</v>
       </c>
       <c r="D334" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E334" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F334" t="s">
         <v>86</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="H334" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>314</v>
+        <v>254</v>
       </c>
       <c r="D335" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E335" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F335" t="s">
-        <v>86</v>
+        <v>212</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
       <c r="H335" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>317</v>
+        <v>257</v>
       </c>
       <c r="D336" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E336" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F336" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="H336" t="s">
-        <v>1019</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="D337" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E337" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F337" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="H337" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1023</v>
+        <v>1017</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>323</v>
+        <v>263</v>
       </c>
       <c r="D338" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E338" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F338" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="H338" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>326</v>
+        <v>266</v>
       </c>
       <c r="D339" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E339" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F339" t="s">
         <v>57</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="H339" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>329</v>
+        <v>269</v>
       </c>
       <c r="D340" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E340" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F340" t="s">
         <v>57</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="H340" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>332</v>
+        <v>272</v>
       </c>
       <c r="D341" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E341" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F341" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="H341" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>335</v>
+        <v>275</v>
       </c>
       <c r="D342" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E342" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F342" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="H342" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>338</v>
+        <v>278</v>
       </c>
       <c r="D343" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E343" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F343" t="s">
         <v>86</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="H343" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>341</v>
+        <v>281</v>
       </c>
       <c r="D344" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E344" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F344" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="H344" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1041</v>
+        <v>1038</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>344</v>
+        <v>284</v>
       </c>
       <c r="D345" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E345" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F345" t="s">
-        <v>175</v>
+        <v>212</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="H345" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>347</v>
+        <v>287</v>
       </c>
       <c r="D346" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E346" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F346" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="H346" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>350</v>
+        <v>290</v>
       </c>
       <c r="D347" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E347" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F347" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1048</v>
+        <v>13</v>
       </c>
       <c r="H347" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>353</v>
+        <v>293</v>
       </c>
       <c r="D348" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E348" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F348" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="H348" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>356</v>
+        <v>296</v>
       </c>
       <c r="D349" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E349" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F349" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="H349" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>359</v>
+        <v>299</v>
       </c>
       <c r="D350" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E350" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F350" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="H350" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>362</v>
+        <v>302</v>
       </c>
       <c r="D351" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E351" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F351" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="H351" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>365</v>
+        <v>305</v>
       </c>
       <c r="D352" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E352" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F352" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="H352" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>368</v>
+        <v>308</v>
       </c>
       <c r="D353" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E353" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F353" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="H353" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>371</v>
+        <v>311</v>
       </c>
       <c r="D354" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E354" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F354" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="H354" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>374</v>
+        <v>314</v>
       </c>
       <c r="D355" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E355" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F355" t="s">
         <v>86</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="H355" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>377</v>
+        <v>317</v>
       </c>
       <c r="D356" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E356" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F356" t="s">
-        <v>86</v>
+        <v>212</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="H356" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>380</v>
+        <v>320</v>
       </c>
       <c r="D357" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E357" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F357" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>13</v>
+        <v>1073</v>
       </c>
       <c r="H357" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>383</v>
+        <v>323</v>
       </c>
       <c r="D358" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E358" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F358" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="H358" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>386</v>
+        <v>326</v>
       </c>
       <c r="D359" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E359" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F359" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="H359" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>389</v>
+        <v>329</v>
       </c>
       <c r="D360" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E360" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F360" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="H360" t="s">
-        <v>1086</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>392</v>
+        <v>332</v>
       </c>
       <c r="D361" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E361" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F361" t="s">
         <v>57</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="H361" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1090</v>
+        <v>1085</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>395</v>
+        <v>335</v>
       </c>
       <c r="D362" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E362" t="s">
-        <v>738</v>
+        <v>790</v>
+      </c>
+      <c r="F362" t="s">
+        <v>57</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>13</v>
+        <v>1086</v>
       </c>
       <c r="H362" t="s">
-        <v>1091</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1092</v>
+        <v>1087</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>398</v>
+        <v>338</v>
       </c>
       <c r="D363" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E363" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F363" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="H363" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>401</v>
+        <v>341</v>
       </c>
       <c r="D364" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E364" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F364" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="H364" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>404</v>
+        <v>344</v>
       </c>
       <c r="D365" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E365" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F365" t="s">
-        <v>70</v>
+        <v>175</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="H365" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="D366" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E366" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F366" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="H366" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>410</v>
+        <v>350</v>
       </c>
       <c r="D367" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E367" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F367" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="H367" t="s">
-        <v>1106</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1107</v>
+        <v>1101</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>413</v>
+        <v>353</v>
       </c>
       <c r="D368" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E368" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F368" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1108</v>
+        <v>1102</v>
       </c>
       <c r="H368" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>416</v>
+        <v>356</v>
       </c>
       <c r="D369" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E369" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F369" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1111</v>
+        <v>1105</v>
       </c>
       <c r="H369" t="s">
-        <v>1112</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1113</v>
+        <v>1107</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>419</v>
+        <v>359</v>
       </c>
       <c r="D370" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E370" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F370" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1114</v>
+        <v>1108</v>
       </c>
       <c r="H370" t="s">
-        <v>1115</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>422</v>
+        <v>362</v>
       </c>
       <c r="D371" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E371" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F371" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="H371" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1119</v>
+        <v>1113</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>425</v>
+        <v>365</v>
       </c>
       <c r="D372" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E372" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F372" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1120</v>
+        <v>1114</v>
       </c>
       <c r="H372" t="s">
-        <v>1121</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1122</v>
+        <v>1116</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>428</v>
+        <v>368</v>
       </c>
       <c r="D373" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E373" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F373" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1123</v>
+        <v>1117</v>
       </c>
       <c r="H373" t="s">
-        <v>1124</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1125</v>
+        <v>1119</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="D374" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E374" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F374" t="s">
-        <v>57</v>
+        <v>114</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1126</v>
+        <v>1120</v>
       </c>
       <c r="H374" t="s">
-        <v>1127</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>434</v>
+        <v>374</v>
       </c>
       <c r="D375" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E375" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F375" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="H375" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>438</v>
+        <v>377</v>
       </c>
       <c r="D376" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E376" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F376" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="H376" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>442</v>
+        <v>380</v>
       </c>
       <c r="D377" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E377" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F377" t="s">
-        <v>175</v>
+        <v>212</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1135</v>
+        <v>13</v>
       </c>
       <c r="H377" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>446</v>
+        <v>383</v>
       </c>
       <c r="D378" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E378" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F378" t="s">
-        <v>35</v>
+        <v>212</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1138</v>
+        <v>1131</v>
       </c>
       <c r="H378" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>450</v>
+        <v>386</v>
       </c>
       <c r="D379" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E379" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F379" t="s">
         <v>22</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="H379" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>454</v>
+        <v>389</v>
       </c>
       <c r="D380" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E380" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F380" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="H380" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>458</v>
+        <v>392</v>
       </c>
       <c r="D381" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E381" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F381" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="H381" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>462</v>
+        <v>395</v>
       </c>
       <c r="D382" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E382" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>790</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1150</v>
+        <v>13</v>
       </c>
       <c r="H382" t="s">
-        <v>1151</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>691</v>
+        <v>398</v>
       </c>
       <c r="D383" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E383" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F383" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1153</v>
+        <v>1145</v>
       </c>
       <c r="H383" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1155</v>
+        <v>1147</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>694</v>
+        <v>401</v>
       </c>
       <c r="D384" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E384" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F384" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="H384" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>466</v>
+        <v>404</v>
       </c>
       <c r="D385" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E385" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F385" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1159</v>
+        <v>1151</v>
       </c>
       <c r="H385" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>470</v>
+        <v>407</v>
       </c>
       <c r="D386" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E386" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F386" t="s">
-        <v>212</v>
+        <v>175</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>13</v>
+        <v>1154</v>
       </c>
       <c r="H386" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>474</v>
+        <v>410</v>
       </c>
       <c r="D387" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E387" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F387" t="s">
-        <v>57</v>
+        <v>175</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="H387" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>480</v>
+        <v>413</v>
       </c>
       <c r="D388" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E388" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F388" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="H388" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>483</v>
+        <v>416</v>
       </c>
       <c r="D389" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E389" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F389" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="H389" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>487</v>
+        <v>419</v>
       </c>
       <c r="D390" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E390" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F390" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="H390" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>491</v>
+        <v>422</v>
       </c>
       <c r="D391" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E391" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F391" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
       <c r="H391" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>495</v>
+        <v>425</v>
       </c>
       <c r="D392" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E392" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F392" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="H392" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>499</v>
+        <v>428</v>
       </c>
       <c r="D393" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E393" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F393" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="H393" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>503</v>
+        <v>431</v>
       </c>
       <c r="D394" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E394" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F394" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="H394" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>507</v>
+        <v>434</v>
       </c>
       <c r="D395" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E395" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F395" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="H395" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>511</v>
+        <v>438</v>
       </c>
       <c r="D396" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E396" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F396" t="s">
-        <v>212</v>
+        <v>175</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="H396" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>515</v>
+        <v>442</v>
       </c>
       <c r="D397" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E397" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F397" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
       <c r="H397" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1196</v>
+        <v>1189</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>519</v>
+        <v>446</v>
       </c>
       <c r="D398" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E398" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F398" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1197</v>
+        <v>1190</v>
       </c>
       <c r="H398" t="s">
-        <v>1198</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1199</v>
+        <v>1192</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>522</v>
+        <v>450</v>
       </c>
       <c r="D399" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E399" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F399" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1200</v>
+        <v>1193</v>
       </c>
       <c r="H399" t="s">
-        <v>1201</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1202</v>
+        <v>1195</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>525</v>
+        <v>454</v>
       </c>
       <c r="D400" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E400" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F400" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
       <c r="H400" t="s">
-        <v>1204</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1205</v>
+        <v>1198</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>528</v>
+        <v>458</v>
       </c>
       <c r="D401" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E401" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F401" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1206</v>
+        <v>1199</v>
       </c>
       <c r="H401" t="s">
-        <v>1207</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>531</v>
+        <v>462</v>
       </c>
       <c r="D402" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E402" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F402" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1209</v>
+        <v>1202</v>
       </c>
       <c r="H402" t="s">
-        <v>1210</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1211</v>
+        <v>1204</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>535</v>
+        <v>729</v>
       </c>
       <c r="D403" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E403" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F403" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1212</v>
+        <v>1205</v>
       </c>
       <c r="H403" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>539</v>
+        <v>732</v>
       </c>
       <c r="D404" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E404" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F404" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="H404" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>543</v>
+        <v>466</v>
       </c>
       <c r="D405" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E405" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F405" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="H405" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>547</v>
+        <v>470</v>
       </c>
       <c r="D406" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E406" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F406" t="s">
-        <v>70</v>
+        <v>212</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H406" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>550</v>
+        <v>474</v>
       </c>
       <c r="D407" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E407" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F407" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="H407" t="s">
-        <v>1223</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1224</v>
+        <v>1218</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>554</v>
+        <v>480</v>
       </c>
       <c r="D408" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E408" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F408" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1225</v>
+        <v>1219</v>
       </c>
       <c r="H408" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>558</v>
+        <v>483</v>
       </c>
       <c r="D409" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E409" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F409" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="H409" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>561</v>
+        <v>487</v>
       </c>
       <c r="D410" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E410" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F410" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="H410" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>565</v>
+        <v>491</v>
       </c>
       <c r="D411" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E411" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F411" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="H411" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>569</v>
+        <v>495</v>
       </c>
       <c r="D412" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E412" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F412" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="H412" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>573</v>
+        <v>499</v>
       </c>
       <c r="D413" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E413" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F413" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="H413" t="s">
-        <v>1241</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1242</v>
+        <v>1236</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>576</v>
+        <v>503</v>
       </c>
       <c r="D414" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E414" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F414" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1243</v>
+        <v>1237</v>
       </c>
       <c r="H414" t="s">
-        <v>1244</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1245</v>
+        <v>1239</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>580</v>
+        <v>507</v>
       </c>
       <c r="D415" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E415" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F415" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1246</v>
+        <v>1240</v>
       </c>
       <c r="H415" t="s">
-        <v>1247</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1248</v>
+        <v>1242</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>584</v>
+        <v>511</v>
       </c>
       <c r="D416" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E416" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F416" t="s">
-        <v>114</v>
+        <v>212</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1249</v>
+        <v>1243</v>
       </c>
       <c r="H416" t="s">
-        <v>1250</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1251</v>
+        <v>1245</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>588</v>
+        <v>515</v>
       </c>
       <c r="D417" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E417" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F417" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1252</v>
+        <v>1246</v>
       </c>
       <c r="H417" t="s">
-        <v>1253</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1254</v>
+        <v>1248</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>591</v>
+        <v>519</v>
       </c>
       <c r="D418" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E418" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F418" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1255</v>
+        <v>1249</v>
       </c>
       <c r="H418" t="s">
-        <v>1256</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1257</v>
+        <v>1251</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>594</v>
+        <v>522</v>
       </c>
       <c r="D419" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E419" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F419" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
       <c r="H419" t="s">
-        <v>1259</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>598</v>
+        <v>525</v>
       </c>
       <c r="D420" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E420" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F420" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
       <c r="H420" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>601</v>
+        <v>528</v>
       </c>
       <c r="D421" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E421" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F421" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="H421" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>604</v>
+        <v>531</v>
       </c>
       <c r="D422" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E422" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F422" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="H422" t="s">
-        <v>1268</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>607</v>
+        <v>535</v>
       </c>
       <c r="D423" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E423" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F423" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="H423" t="s">
-        <v>1271</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1272</v>
+        <v>1266</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>610</v>
+        <v>539</v>
       </c>
       <c r="D424" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E424" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F424" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="H424" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1275</v>
+        <v>1269</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>613</v>
+        <v>543</v>
       </c>
       <c r="D425" t="s">
-        <v>737</v>
+        <v>789</v>
       </c>
       <c r="E425" t="s">
-        <v>738</v>
+        <v>790</v>
       </c>
       <c r="F425" t="s">
-        <v>212</v>
+        <v>70</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="H425" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1278</v>
+        <v>1272</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>10</v>
+        <v>547</v>
       </c>
       <c r="D426" t="s">
-        <v>1279</v>
+        <v>789</v>
       </c>
       <c r="E426" t="s">
-        <v>1280</v>
+        <v>790</v>
       </c>
       <c r="F426" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H426" t="s">
-        <v>1281</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>550</v>
+      </c>
+      <c r="D427" t="s">
+        <v>789</v>
+      </c>
+      <c r="E427" t="s">
+        <v>790</v>
+      </c>
+      <c r="F427" t="s">
+        <v>86</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>554</v>
+      </c>
+      <c r="D428" t="s">
+        <v>789</v>
+      </c>
+      <c r="E428" t="s">
+        <v>790</v>
+      </c>
+      <c r="F428" t="s">
+        <v>86</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>558</v>
+      </c>
+      <c r="D429" t="s">
+        <v>789</v>
+      </c>
+      <c r="E429" t="s">
+        <v>790</v>
+      </c>
+      <c r="F429" t="s">
+        <v>212</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
         <v>1282</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>561</v>
+      </c>
+      <c r="D430" t="s">
+        <v>789</v>
+      </c>
+      <c r="E430" t="s">
+        <v>790</v>
+      </c>
+      <c r="F430" t="s">
+        <v>212</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>565</v>
+      </c>
+      <c r="D431" t="s">
+        <v>789</v>
+      </c>
+      <c r="E431" t="s">
+        <v>790</v>
+      </c>
+      <c r="F431" t="s">
+        <v>212</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>569</v>
+      </c>
+      <c r="D432" t="s">
+        <v>789</v>
+      </c>
+      <c r="E432" t="s">
+        <v>790</v>
+      </c>
+      <c r="F432" t="s">
+        <v>175</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>573</v>
+      </c>
+      <c r="D433" t="s">
+        <v>789</v>
+      </c>
+      <c r="E433" t="s">
+        <v>790</v>
+      </c>
+      <c r="F433" t="s">
+        <v>175</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>576</v>
+      </c>
+      <c r="D434" t="s">
+        <v>789</v>
+      </c>
+      <c r="E434" t="s">
+        <v>790</v>
+      </c>
+      <c r="F434" t="s">
+        <v>57</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>580</v>
+      </c>
+      <c r="D435" t="s">
+        <v>789</v>
+      </c>
+      <c r="E435" t="s">
+        <v>790</v>
+      </c>
+      <c r="F435" t="s">
+        <v>57</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>584</v>
+      </c>
+      <c r="D436" t="s">
+        <v>789</v>
+      </c>
+      <c r="E436" t="s">
+        <v>790</v>
+      </c>
+      <c r="F436" t="s">
+        <v>114</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>588</v>
+      </c>
+      <c r="D437" t="s">
+        <v>789</v>
+      </c>
+      <c r="E437" t="s">
+        <v>790</v>
+      </c>
+      <c r="F437" t="s">
+        <v>22</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>591</v>
+      </c>
+      <c r="D438" t="s">
+        <v>789</v>
+      </c>
+      <c r="E438" t="s">
+        <v>790</v>
+      </c>
+      <c r="F438" t="s">
+        <v>35</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>594</v>
+      </c>
+      <c r="D439" t="s">
+        <v>789</v>
+      </c>
+      <c r="E439" t="s">
+        <v>790</v>
+      </c>
+      <c r="F439" t="s">
+        <v>35</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>598</v>
+      </c>
+      <c r="D440" t="s">
+        <v>789</v>
+      </c>
+      <c r="E440" t="s">
+        <v>790</v>
+      </c>
+      <c r="F440" t="s">
+        <v>86</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>601</v>
+      </c>
+      <c r="D441" t="s">
+        <v>789</v>
+      </c>
+      <c r="E441" t="s">
+        <v>790</v>
+      </c>
+      <c r="F441" t="s">
+        <v>86</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>604</v>
+      </c>
+      <c r="D442" t="s">
+        <v>789</v>
+      </c>
+      <c r="E442" t="s">
+        <v>790</v>
+      </c>
+      <c r="F442" t="s">
+        <v>86</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>607</v>
+      </c>
+      <c r="D443" t="s">
+        <v>789</v>
+      </c>
+      <c r="E443" t="s">
+        <v>790</v>
+      </c>
+      <c r="F443" t="s">
+        <v>212</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>610</v>
+      </c>
+      <c r="D444" t="s">
+        <v>789</v>
+      </c>
+      <c r="E444" t="s">
+        <v>790</v>
+      </c>
+      <c r="F444" t="s">
+        <v>212</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>613</v>
+      </c>
+      <c r="D445" t="s">
+        <v>789</v>
+      </c>
+      <c r="E445" t="s">
+        <v>790</v>
+      </c>
+      <c r="F445" t="s">
+        <v>212</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>10</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F446" t="s">
+        <v>57</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
         <v>21</v>
       </c>
-      <c r="D427" t="s">
-[...5 lines deleted...]
-      <c r="F427" t="s">
+      <c r="D447" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F447" t="s">
         <v>114</v>
       </c>
-      <c r="G427" s="1" t="s">
-[...3 lines deleted...]
-        <v>1283</v>
+      <c r="G447" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1335</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15619,50 +16272,70 @@
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
     <hyperlink ref="G414" r:id="rId413"/>
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>